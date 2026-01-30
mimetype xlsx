--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -429,82 +429,82 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E17"/>
+  <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung v. Nahrungsmitteln/Getränkeprodukten aus pflanzlichen Rohstoffen  &gt; 300 t/d</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2023</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -547,51 +547,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>53.200</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>20.836.100</t>
+          <t>20.646.400</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
@@ -613,51 +613,51 @@
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>772.500</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>536.000.000</t>
+          <t>656.000.000</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
@@ -743,122 +743,95 @@
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>613</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
-          <t>Schwefeloxide (SOx/SO2)</t>
+          <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>229.000</t>
+          <t>669.000</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
-          <t>Stickoxide (NOx/NO2)</t>
+          <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>864.000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
-        <is>
-[...25 lines deleted...]
-      <c r="E17" s="3" t="inlineStr">
         <is>
           <t>119</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>