--- v0 (2025-11-02)
+++ v1 (2026-01-30)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung v. Nahrungsmitteln/Getränkeprodukten aus pflanzlichen Rohstoffen  &gt; 300 t/d</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -547,117 +547,117 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>17.675.000</t>
+          <t>21.979.000</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
-          <t>210.900</t>
+          <t>282.750</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>600.900</t>
+          <t>882.900</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>1.233.000.000</t>
+          <t>1.358.000.000</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
@@ -694,51 +694,51 @@
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>2.707.000</t>
+          <t>2.305.000</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">