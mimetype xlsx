--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -460,123 +460,123 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="35" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Intensivhaltung oder -aufzucht von &gt; 40.000 Geflügel</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2023</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>4.107.800</t>
+          <t>4.173.331</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Feinstaub (PM10)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>130.300</t>
+          <t>190.500</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">