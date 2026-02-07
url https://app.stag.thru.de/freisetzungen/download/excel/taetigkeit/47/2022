--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung von Pflanzenschutzmittel und Bioziden</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -547,51 +547,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>22.600.000</t>
+          <t>22.620.000</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
@@ -601,51 +601,51 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>2.751.000</t>
+          <t>2.749.200</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
@@ -709,48 +709,48 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>2.030</t>
+          <t>2.027</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>