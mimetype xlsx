--- v0 (2025-10-20)
+++ v1 (2026-02-07)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung von Gasen</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -532,51 +532,51 @@
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>71.300</t>
+          <t>442.300</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>AOX</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
@@ -640,51 +640,51 @@
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>18.800</t>
+          <t>76.800</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
@@ -910,51 +910,51 @@
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>386</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>339.000</t>
+          <t>663.000</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
@@ -1050,51 +1050,51 @@
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>1.939</t>
+          <t>2.137</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 