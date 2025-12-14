--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -429,82 +429,82 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E30"/>
+  <dimension ref="A1:E29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung von Basiskunststoffen</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 20.03.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -574,105 +574,105 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>AOX</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
-          <t>383.630</t>
+          <t>377.560</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>128</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>2.850.000</t>
+          <t>6.690.000</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>105.230.000</t>
+          <t>100.550.000</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
@@ -780,61 +780,61 @@
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>14.600</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>145.000</t>
+          <t>236.800</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
-          <t>19.838.800</t>
+          <t>20.578.800</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
@@ -844,51 +844,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>52.300</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>1.340.400</t>
+          <t>1.061.400</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>391.000.000</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
@@ -898,78 +898,78 @@
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>221</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>68</t>
+          <t>21</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>269</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>2.846.000</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
@@ -991,51 +991,51 @@
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>65.577</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
@@ -1067,149 +1067,122 @@
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
-          <t>Toluol</t>
+          <t>Vinylchlorid</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>44.860</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
-          <t>1.640</t>
+          <t>126</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
-          <t>Vinylchlorid</t>
+          <t>Xylole</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
-          <t>49.460</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>1.010</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
-          <t>Xylole</t>
+          <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10.812</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
-          <t>1.010</t>
-[...26 lines deleted...]
-          <t>586</t>
+          <t>313</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>