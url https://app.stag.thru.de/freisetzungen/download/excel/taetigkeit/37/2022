--- v1 (2025-12-14)
+++ v2 (2026-03-11)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung von Basiskunststoffen</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>