--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -429,82 +429,82 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E35"/>
+  <dimension ref="A1:E34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung sauerstoffhaltiger KW</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 25.11.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -547,51 +547,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>AOX</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>13.800</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>9.080</t>
+          <t>2.610</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
@@ -655,51 +655,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>252.210.000</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>24.090.000</t>
+          <t>2.700.000</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>2.970</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
@@ -736,51 +736,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Dichlormethan (DCM)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>322</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>696.000</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
@@ -844,51 +844,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>3.010.400</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>5.699.500</t>
+          <t>5.529.500</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>94.100</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
@@ -898,63 +898,63 @@
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>1.620.000</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
-          <t>57.000</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>8.117.000.000</t>
+          <t>8.288.000.000</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
@@ -1072,279 +1072,252 @@
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>2.045</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
-          <t>2.657.000</t>
+          <t>2.919.000</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>3.160</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
-          <t>273</t>
+          <t>7.833</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
-          <t>706.000</t>
+          <t>933.000</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
-          <t>5.265.000</t>
+          <t>5.455.000</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
-          <t>219</t>
+          <t>345</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
           <t>Toluol</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>1.930</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
-          <t>Xylole</t>
+          <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7.083</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
-          <t>733</t>
-[...26 lines deleted...]
-          <t>242</t>
+          <t>379</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>