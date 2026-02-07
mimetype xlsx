--- v1 (2025-12-21)
+++ v2 (2026-02-07)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung sauerstoffhaltiger KW</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 25.11.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>