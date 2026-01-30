--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Verbrennungsanlagen &gt; 50 MW</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2023</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -699,51 +699,51 @@
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>181.310.000</t>
+          <t>267.060.000</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>147</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
@@ -861,51 +861,51 @@
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>113.850</t>
+          <t>150.380</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
@@ -964,78 +964,78 @@
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>717.600</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
-          <t>162.047.111.206</t>
+          <t>163.117.000.000</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
-          <t>137.000.000</t>
+          <t>27.146.767.206</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
@@ -1207,105 +1207,105 @@
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>249</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
-          <t>2.170</t>
+          <t>2.180</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
-          <t>46.880.000</t>
+          <t>47.139.000</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
-          <t>85.735.000</t>
+          <t>86.335.000</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B35" s="3" t="inlineStr">