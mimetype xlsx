--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung von Glas und Glasfasern &gt;20 t/d</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 20.03.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -532,51 +532,51 @@
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>42.600</t>
+          <t>57.700</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
@@ -586,51 +586,51 @@
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
-          <t>1.223.000.000</t>
+          <t>1.341.000.000</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
@@ -640,78 +640,78 @@
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>4.871.000</t>
+          <t>5.200.000</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>9.253.000</t>
+          <t>9.703.000</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">