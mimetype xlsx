--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung von Glas und Glasfasern &gt;20 t/d</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>