--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -429,274 +429,382 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E11"/>
+  <dimension ref="A1:E15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
-    <col width="42" customWidth="1" min="1" max="1"/>
+    <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung von Zementklinkern oder von Kalk &gt; 50 t/d</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
-          <t>Feinstaub (PM10)</t>
+          <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>73.800</t>
+          <t>64.800</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
-          <t>Kohlendioxid (CO2)</t>
+          <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>4.414.000.000</t>
+          <t>37.300</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
-          <t>Kohlenmonoxid (CO)</t>
+          <t>Benzol</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>21.851.000</t>
+          <t>3.780</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
-          <t>Quecksilber und Verbindungen (als Hg)</t>
+          <t>Feinstaub (PM10)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>73.800</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
-          <t>Stickoxide (NOx/NO2)</t>
+          <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>1.931.000</t>
+          <t>6.146.000.000</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
+          <t>Kohlenmonoxid (CO)</t>
+        </is>
+      </c>
+      <c r="B11" s="3" t="inlineStr">
+        <is>
+          <t>24.066.000</t>
+        </is>
+      </c>
+      <c r="C11" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D11" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="inlineStr">
+        <is>
+          <t>Quecksilber und Verbindungen (als Hg)</t>
+        </is>
+      </c>
+      <c r="B12" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="C12" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D12" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="inlineStr">
+        <is>
+          <t>Schwefeloxide (SOx/SO2)</t>
+        </is>
+      </c>
+      <c r="B13" s="3" t="inlineStr">
+        <is>
+          <t>682.000</t>
+        </is>
+      </c>
+      <c r="C13" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D13" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="inlineStr">
+        <is>
+          <t>Stickoxide (NOx/NO2)</t>
+        </is>
+      </c>
+      <c r="B14" s="3" t="inlineStr">
+        <is>
+          <t>3.016.000</t>
+        </is>
+      </c>
+      <c r="C14" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D14" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="inlineStr">
+        <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
-      <c r="B11" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="3" t="inlineStr">
+      <c r="B15" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="C15" s="3" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
-      <c r="D11" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="3" t="inlineStr">
+      <c r="D15" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>