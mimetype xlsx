--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -460,96 +460,96 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Mineralöl- und Gasraffinerien</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2023</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>1,2-Dichlorethan (EDC)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>10.280</t>
+          <t>30.040</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
@@ -721,51 +721,51 @@
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>692</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>149</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Dichlormethan (DCM)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
-          <t>37.690</t>
+          <t>83.210</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
@@ -856,51 +856,51 @@
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>67.100</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>64.800</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>17.819.000.000</t>
+          <t>19.362.000.000</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
@@ -964,51 +964,51 @@
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>484</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>369</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
-          <t>3.135.000</t>
+          <t>3.338.000</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
@@ -1018,78 +1018,78 @@
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>210</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
           <t>320</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
-          <t>20.775.000</t>
+          <t>21.278.000</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
-          <t>12.441.000</t>
+          <t>12.692.000</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">