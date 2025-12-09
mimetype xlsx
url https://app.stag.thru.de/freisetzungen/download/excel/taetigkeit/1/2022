--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Mineralöl- und Gasraffinerien</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 20.03.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -844,306 +844,306 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>242.100</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>513.000</t>
+          <t>109.000</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>58.200</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>97.000</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>21.925.000.000</t>
+          <t>21.520.000.000</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
-          <t>Kohlenmonoxid (CO)</t>
+          <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>4.200.000</t>
+          <t>5.406.000.000</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
-          <t>Kupfer und Verbindungen (als Cu)</t>
+          <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>4.200.000</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
-          <t>Nickel und Verbindungen (als Ni)</t>
+          <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>613</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
-          <t>429</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>NMVOC</t>
+          <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
-          <t>3.545.000</t>
+          <t>900</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>613</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>429</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
-          <t>Phenole (als Gesamt-C)</t>
+          <t>NMVOC</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3.545.000</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>306</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
-          <t>Quecksilber und Verbindungen (als Hg)</t>
+          <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>240</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>306</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
-          <t>21.180.000</t>
+          <t>20.617.000</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
-          <t>13.347.000</t>
+          <t>13.073.000</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">