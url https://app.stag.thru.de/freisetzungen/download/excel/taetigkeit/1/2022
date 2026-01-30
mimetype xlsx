--- v1 (2025-12-09)
+++ v2 (2026-01-30)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Mineralöl- und Gasraffinerien</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -844,117 +844,117 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>242.100</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>109.000</t>
+          <t>108.900</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>58.200</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>97.000</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>21.520.000.000</t>
+          <t>21.510.000.000</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>5.406.000.000</t>
+          <t>5.402.357.027</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
@@ -1006,51 +1006,51 @@
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>900</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>613</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>429</t>
+          <t>428</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>3.545.000</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
@@ -1099,51 +1099,51 @@
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
-          <t>13.073.000</t>
+          <t>13.070.000</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">