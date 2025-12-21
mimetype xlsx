--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -429,82 +429,82 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E31"/>
+  <dimension ref="A1:E32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Mineralöl- und Gasraffinerien</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 25.11.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -871,372 +871,399 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>193.800</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
-          <t>515.000</t>
+          <t>146.000</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>55.300</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>309.000</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>20.821.000.000</t>
+          <t>20.678.000.000</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
-          <t>Kohlenmonoxid (CO)</t>
+          <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
-          <t>3.380.000</t>
+          <t>6.214.000.000</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
-          <t>Kupfer und Verbindungen (als Cu)</t>
+          <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>3.380.000</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>Nickel und Verbindungen (als Ni)</t>
+          <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
-          <t>699</t>
+          <t>147</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>532</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>726</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
-          <t>NMVOC</t>
+          <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
-          <t>3.528.000</t>
+          <t>699</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>532</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>726</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
-          <t>Phenole (als Gesamt-C)</t>
+          <t>NMVOC</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3.528.000</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>267</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
-          <t>276</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
-          <t>Quecksilber und Verbindungen (als Hg)</t>
+          <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>267</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>276</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
-          <t>Schwefeloxide (SOx/SO2)</t>
+          <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
-          <t>20.409.000</t>
+          <t>17</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
-          <t>Stickoxide (NOx/NO2)</t>
+          <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
-          <t>12.509.000</t>
+          <t>20.409.000</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="inlineStr">
         <is>
-          <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
+          <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
-          <t>2.297</t>
+          <t>12.509.000</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
+          <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
+        </is>
+      </c>
+      <c r="B31" s="3" t="inlineStr">
+        <is>
+          <t>2.095</t>
+        </is>
+      </c>
+      <c r="C31" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D31" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="inlineStr">
+        <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
-      <c r="B31" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C31" s="3" t="inlineStr">
+      <c r="B32" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="C32" s="3" t="inlineStr">
         <is>
           <t>2.606</t>
         </is>
       </c>
-      <c r="D31" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E31" s="3" t="inlineStr">
+      <c r="D32" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="3" t="inlineStr">
         <is>
           <t>583</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>