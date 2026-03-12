--- v1 (2025-12-21)
+++ v2 (2026-03-12)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Mineralöl- und Gasraffinerien</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 25.11.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>