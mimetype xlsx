--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -429,1219 +429,1246 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E46"/>
+  <dimension ref="A1:E47"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Abfall- und Abwasserbewirtschaftung</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
-          <t>Ammoniak (NH3)</t>
+          <t>1,2,3,4,5,6-Hexachlorcyclohexan (HCH)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>25.400</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
-          <t>anorganische Chlorverbindungen als HCl</t>
+          <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>197.800</t>
+          <t>50.300</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
-          <t>AOX</t>
+          <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>216.700</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>79.270</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
-          <t>Arsen und Verbindungen (als As)</t>
+          <t>AOX</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>1.072</t>
+          <t>85.760</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
-          <t>Atrazin</t>
+          <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>1.297</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>105</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
-          <t>Benzol</t>
+          <t>Atrazin</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
-          <t>Blei und Verbindungen (als Pb)</t>
+          <t>Benzol</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>1.380</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
-          <t>92</t>
+          <t>11</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>Cadmium und Verbindungen (als Cd)</t>
+          <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>1.652</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>92</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
-          <t>Chloralkane, C10-C13</t>
+          <t>Cadmium und Verbindungen (als Cd)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>171</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
-          <t>Chloride (als Gesamt-Cl)</t>
+          <t>Chloralkane, C10-C13</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>599.820.000</t>
+          <t>8</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>6.330.000</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
-          <t>Chrom und Verbindungen (als Cr)</t>
+          <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>2.682</t>
+          <t>629.340.000</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>6.330.000</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
-          <t>Cyanide (als Gesamt-CN)</t>
+          <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>16.429</t>
+          <t>2.962</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
-          <t>477</t>
+          <t>101</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
-          <t>Cyanwasserstoff (HCN)</t>
+          <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>1.560</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>16.407</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>477</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
-          <t>Di-(2-ethylhexyl)phthalat (DEHP)</t>
+          <t>Cyanwasserstoff (HCN)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1.560</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>3.175</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
-          <t>Distickoxid (N2O)</t>
+          <t>Di-(2-ethylhexyl)phthalat (DEHP)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>525.200</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3.272</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
-          <t>Diuron</t>
+          <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>591.900</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
-          <t>Ethylbenzol</t>
+          <t>Diuron</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
-          <t>Fluorchlorkohlenwasserstoffe (FCKWs)</t>
+          <t>Ethylbenzol</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>50</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>Fluoride (als Gesamt-F)</t>
+          <t>Fluorchlorkohlenwasserstoffe (FCKWs)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>623.440</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>19.620</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
-          <t>Gesamter organischer Kohlenstoff (TOC)</t>
+          <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>29.226.400</t>
+          <t>657.470</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>2.442.100</t>
+          <t>19.580</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
-          <t>Gesamtphosphor</t>
+          <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>809.100</t>
+          <t>33.817.700</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
-          <t>8.450</t>
+          <t>2.845.700</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
-          <t>Gesamtstickstoff</t>
+          <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>27.956.200</t>
+          <t>912.460</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
-          <t>514.900</t>
+          <t>8.450</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
-          <t>Hexachlorcyclohexan</t>
+          <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>30.467.900</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>514.900</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Isoproturon</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
-          <t>22.856.000.000</t>
+          <t>23.499.000.000</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
-          <t>Kupfer und Verbindungen (als Cu)</t>
+          <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3.241.362.710</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>19.647</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
-          <t>570</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
-          <t>Methan (CH4)</t>
+          <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
-          <t>13.199.000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20.810</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>570</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
-          <t>Nickel und Verbindungen (als Ni)</t>
+          <t>Methan (CH4)</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11.407.000</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>15.275</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
-          <t>374</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
-          <t>Nonylphenol und seine Ethoxylate</t>
+          <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>169</t>
+          <t>16.551</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>374</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>Octylphenole und Octylphenolethoxylate</t>
+          <t>Nonylphenol und seine Ethoxylate</t>
         </is>
       </c>
       <c r="B35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>171</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="inlineStr">
         <is>
-          <t>PAK</t>
+          <t>Octylphenole und Octylphenolethoxylate</t>
         </is>
       </c>
       <c r="B36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>8</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="inlineStr">
         <is>
-          <t>Pentachlorphenol (PCP)</t>
+          <t>PAK</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>10</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="inlineStr">
         <is>
-          <t>Phenole (als Gesamt-C)</t>
+          <t>Pentachlorphenol (PCP)</t>
         </is>
       </c>
       <c r="B38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>3.229</t>
+          <t>2</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="3" t="inlineStr">
         <is>
-          <t>1.115</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="inlineStr">
         <is>
-          <t>Quecksilber und Verbindungen (als Hg)</t>
+          <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>3.233</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="3" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>1.115</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="inlineStr">
         <is>
-          <t>Simazin</t>
+          <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B40" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>46</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>84</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>47</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="inlineStr">
         <is>
-          <t>Stickoxide (NOx/NO2)</t>
+          <t>Simazin</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
-          <t>13.274.000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="inlineStr">
         <is>
-          <t>Teilhalogenierte FCKW (HFCKW)</t>
+          <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B42" s="3" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>13.656.000</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="inlineStr">
         <is>
-          <t>Toluol</t>
+          <t>Teilhalogenierte FCKW (HFCKW)</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="3" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="inlineStr">
         <is>
-          <t>Trichlormethan</t>
+          <t>Toluol</t>
         </is>
       </c>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>102</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="inlineStr">
         <is>
-          <t>Xylole</t>
+          <t>Trichlormethan</t>
         </is>
       </c>
       <c r="B45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>66</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
+          <t>Xylole</t>
+        </is>
+      </c>
+      <c r="B46" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="C46" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D46" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="inlineStr">
+        <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
-      <c r="B46" s="3" t="inlineStr">
-[...16 lines deleted...]
-          <t>8.461</t>
+      <c r="B47" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="C47" s="3" t="inlineStr">
+        <is>
+          <t>133.685</t>
+        </is>
+      </c>
+      <c r="D47" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="3" t="inlineStr">
+        <is>
+          <t>8.459</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>