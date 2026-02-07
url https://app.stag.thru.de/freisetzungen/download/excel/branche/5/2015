--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -460,651 +460,651 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Abfall- und Abwasserbewirtschaftung</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2015</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
-          <t>Ammoniak (NH3)</t>
+          <t>1,2,3,4,5,6-Hexachlorcyclohexan (HCH)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>29.800</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
-          <t>anorganische Chlorverbindungen als HCl</t>
+          <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>214.300</t>
+          <t>29.800</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
-          <t>AOX</t>
+          <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>214.300</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>123.520</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
-          <t>Arsen und Verbindungen (als As)</t>
+          <t>AOX</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>2.041</t>
+          <t>123.520</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
-          <t>Atrazin</t>
+          <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2.041</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
-          <t>Blei und Verbindungen (als Pb)</t>
+          <t>Atrazin</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>3.393</t>
+          <t>1</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
-          <t>Cadmium und Verbindungen (als Cd)</t>
+          <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>3.393</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>Chloride (als Gesamt-Cl)</t>
+          <t>Cadmium und Verbindungen (als Cd)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>1.396.800.000</t>
+          <t>275</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>2.100.000</t>
+          <t>8</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
-          <t>Chrom und Verbindungen (als Cr)</t>
+          <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>4.074</t>
+          <t>1.396.800.000</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2.100.000</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
-          <t>Cyanide (als Gesamt-CN)</t>
+          <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>4.156</t>
+          <t>4.074</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
-          <t>Di-(2-ethylhexyl)phthalat (DEHP)</t>
+          <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>2.150</t>
+          <t>4.156</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
-          <t>Dichlormethan (DCM)</t>
+          <t>Di-(2-ethylhexyl)phthalat (DEHP)</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>2.150</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
-          <t>Distickoxid (N2O)</t>
+          <t>Dichlormethan (DCM)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>2.294.800</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>28</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>113</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
-          <t>Diuron</t>
+          <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2.294.800</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
-          <t>Fluoranthen</t>
+          <t>Diuron</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>46</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
-          <t>Fluorchlorkohlenwasserstoffe (FCKWs)</t>
+          <t>Fluoranthen</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
-          <t>Fluoride (als Gesamt-F)</t>
+          <t>Fluorchlorkohlenwasserstoffe (FCKWs)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>207</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>394.040</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
-          <t>3.280</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
-          <t>Gesamter organischer Kohlenstoff (TOC)</t>
+          <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>42.197.900</t>
+          <t>394.040</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
-          <t>3.229.900</t>
+          <t>3.280</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>Gesamtphosphor</t>
+          <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>1.438.990</t>
+          <t>42.197.900</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>34.700</t>
+          <t>3.229.900</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
-          <t>Gesamtstickstoff</t>
+          <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>37.174.100</t>
+          <t>1.438.990</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>585.600</t>
+          <t>34.700</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
-          <t>Hexachlorcyclohexan</t>
+          <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>37.174.100</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>585.600</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Isoproturon</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">