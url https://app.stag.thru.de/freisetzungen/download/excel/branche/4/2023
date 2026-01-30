--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -429,82 +429,82 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E54"/>
+  <dimension ref="A1:E55"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Chemische Industrie</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2023</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -726,51 +726,51 @@
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>2.509.780.000</t>
+          <t>2.483.230.000</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>303.010.000</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
@@ -925,90 +925,90 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Ethylbenzol</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
-          <t>1.929</t>
+          <t>1.178</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Ethylenoxid</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Feinstaub (PM10)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
-          <t>148.200</t>
+          <t>146.200</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Fluorchlorkohlenwasserstoffe (FCKWs)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
@@ -1148,716 +1148,743 @@
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>18.601.000.000</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="inlineStr">
         <is>
-          <t>Kohlenmonoxid (CO)</t>
+          <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
-          <t>9.156.000</t>
+          <t>803.583.000</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
-          <t>Kupfer und Verbindungen (als Cu)</t>
+          <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9.156.000</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>4.907</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
-          <t>47.504</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
-          <t>Methan (CH4)</t>
+          <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
-          <t>693.000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4.907</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>47.504</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
-          <t>Naphthalin</t>
+          <t>Methan (CH4)</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
-          <t>970</t>
+          <t>693.000</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
-          <t>2.864</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
-          <t>Nickel und Verbindungen (als Ni)</t>
+          <t>Naphthalin</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>970</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>3.171</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
-          <t>2.049</t>
+          <t>2.864</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>NMVOC</t>
+          <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B35" s="3" t="inlineStr">
         <is>
-          <t>5.575.000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3.171</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2.049</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="inlineStr">
         <is>
-          <t>Nonylphenol und seine Ethoxylate</t>
+          <t>NMVOC</t>
         </is>
       </c>
       <c r="B36" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5.575.000</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="inlineStr">
         <is>
-          <t>Octylphenole und Octylphenolethoxylate</t>
+          <t>Nonylphenol und seine Ethoxylate</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="3" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>15</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="inlineStr">
         <is>
-          <t>PAK</t>
+          <t>Octylphenole und Octylphenolethoxylate</t>
         </is>
       </c>
       <c r="B38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>110</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="3" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="inlineStr">
         <is>
-          <t>Phenole (als Gesamt-C)</t>
+          <t>PAK</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>1.440</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="3" t="inlineStr">
         <is>
-          <t>174.078</t>
+          <t>11</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="inlineStr">
         <is>
-          <t>Quecksilber und Verbindungen (als Hg)</t>
+          <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B40" s="3" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>1.440</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="3" t="inlineStr">
         <is>
-          <t>59</t>
+          <t>174.078</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="inlineStr">
         <is>
-          <t>Schwefelhexafluorid (SF6)</t>
+          <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>39</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>59</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="inlineStr">
         <is>
-          <t>Schwefeloxide (SOx/SO2)</t>
+          <t>Schwefelhexafluorid (SF6)</t>
         </is>
       </c>
       <c r="B42" s="3" t="inlineStr">
         <is>
-          <t>6.608.000</t>
+          <t>56</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="inlineStr">
         <is>
-          <t>Stickoxide (NOx/NO2)</t>
+          <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
-          <t>11.787.000</t>
+          <t>6.608.000</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="inlineStr">
         <is>
-          <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
+          <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B44" s="3" t="inlineStr">
         <is>
-          <t>15.030</t>
+          <t>11.787.000</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="inlineStr">
         <is>
-          <t>Teilhalogenierte FCKW (HFCKW)</t>
+          <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B45" s="3" t="inlineStr">
         <is>
-          <t>493</t>
+          <t>15.030</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>Tetrachlorethen (PER)</t>
+          <t>Teilhalogenierte FCKW (HFCKW)</t>
         </is>
       </c>
       <c r="B46" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>493</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="inlineStr">
         <is>
-          <t>Tetrachlormethan (TCM)</t>
+          <t>Tetrachlorethen (PER)</t>
         </is>
       </c>
       <c r="B47" s="3" t="inlineStr">
         <is>
-          <t>969</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="inlineStr">
         <is>
-          <t>Toluol</t>
+          <t>Tetrachlormethan (TCM)</t>
         </is>
       </c>
       <c r="B48" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>969</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="3" t="inlineStr">
         <is>
-          <t>110.443</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="inlineStr">
         <is>
-          <t>Trichlorbenzole (TCB) (alle Isomere)</t>
+          <t>Toluol</t>
         </is>
       </c>
       <c r="B49" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>110.443</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="inlineStr">
         <is>
-          <t>Trichlormethan</t>
+          <t>Trichlorbenzole (TCB) (alle Isomere)</t>
         </is>
       </c>
       <c r="B50" s="3" t="inlineStr">
         <is>
-          <t>1.265</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="3" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>12</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="inlineStr">
         <is>
-          <t>Vinylchlorid</t>
+          <t>Trichlormethan</t>
         </is>
       </c>
       <c r="B51" s="3" t="inlineStr">
         <is>
-          <t>89.560</t>
+          <t>1.265</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>113</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="3" t="inlineStr">
         <is>
-          <t>523</t>
+          <t>18</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="inlineStr">
         <is>
-          <t>Xylole</t>
+          <t>Vinylchlorid</t>
         </is>
       </c>
       <c r="B52" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>89.560</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>50</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="3" t="inlineStr">
         <is>
-          <t>6.147</t>
+          <t>523</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="inlineStr">
         <is>
-          <t>Zink und Verbindungen (als Zn)</t>
+          <t>Xylole</t>
         </is>
       </c>
       <c r="B53" s="3" t="inlineStr">
         <is>
-          <t>619</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>27.551</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="3" t="inlineStr">
         <is>
-          <t>9.728</t>
+          <t>6.147</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="inlineStr">
         <is>
+          <t>Zink und Verbindungen (als Zn)</t>
+        </is>
+      </c>
+      <c r="B54" s="3" t="inlineStr">
+        <is>
+          <t>619</t>
+        </is>
+      </c>
+      <c r="C54" s="3" t="inlineStr">
+        <is>
+          <t>27.551</t>
+        </is>
+      </c>
+      <c r="D54" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="3" t="inlineStr">
+        <is>
+          <t>9.728</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="inlineStr">
+        <is>
           <t>Zinnorganische Verbindungen</t>
         </is>
       </c>
-      <c r="B54" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E54" s="3" t="inlineStr">
+      <c r="B55" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="C55" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D55" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="3" t="inlineStr">
         <is>
           <t>6.232</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>