--- v0 (2025-10-23)
+++ v1 (2025-12-24)
@@ -429,82 +429,82 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E55"/>
+  <dimension ref="A1:E56"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Chemische Industrie</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 25.11.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -1175,716 +1175,743 @@
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>27.742.000.000</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
-          <t>Kohlenmonoxid (CO)</t>
+          <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
-          <t>19.691.000</t>
+          <t>3.604.000.000</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
-          <t>Kupfer und Verbindungen (als Cu)</t>
+          <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>19.691.000</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>6.044</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
-          <t>96.365</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
-          <t>Methan (CH4)</t>
+          <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
-          <t>1.436.000</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6.044</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>96.365</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
-          <t>Naphthalin</t>
+          <t>Methan (CH4)</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
-          <t>970</t>
+          <t>1.436.000</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
-          <t>4.162</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>Nickel und Verbindungen (als Ni)</t>
+          <t>Naphthalin</t>
         </is>
       </c>
       <c r="B35" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>970</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>3.992</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
-          <t>2.095</t>
+          <t>4.162</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="inlineStr">
         <is>
-          <t>NMVOC</t>
+          <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B36" s="3" t="inlineStr">
         <is>
-          <t>6.598.000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3.992</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2.095</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="inlineStr">
         <is>
-          <t>Nonylphenol und seine Ethoxylate</t>
+          <t>NMVOC</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6.598.000</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="3" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="inlineStr">
         <is>
-          <t>Octylphenole und Octylphenolethoxylate</t>
+          <t>Nonylphenol und seine Ethoxylate</t>
         </is>
       </c>
       <c r="B38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="3" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>14</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="inlineStr">
         <is>
-          <t>PAK</t>
+          <t>Octylphenole und Octylphenolethoxylate</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="3" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>9</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="inlineStr">
         <is>
-          <t>Phenole (als Gesamt-C)</t>
+          <t>PAK</t>
         </is>
       </c>
       <c r="B40" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>3.190</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="3" t="inlineStr">
         <is>
-          <t>200.787</t>
+          <t>31</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="inlineStr">
         <is>
-          <t>Quecksilber und Verbindungen (als Hg)</t>
+          <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3.190</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="3" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>200.787</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="inlineStr">
         <is>
-          <t>Schwefelhexafluorid (SF6)</t>
+          <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B42" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>26</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>16</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="inlineStr">
         <is>
-          <t>Schwefeloxide (SOx/SO2)</t>
+          <t>Schwefelhexafluorid (SF6)</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
-          <t>7.030.000</t>
+          <t>60</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="inlineStr">
         <is>
-          <t>Stickoxide (NOx/NO2)</t>
+          <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B44" s="3" t="inlineStr">
         <is>
-          <t>15.709.000</t>
+          <t>7.030.000</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="inlineStr">
         <is>
-          <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
+          <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B45" s="3" t="inlineStr">
         <is>
-          <t>13.137</t>
+          <t>15.709.000</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
-          <t>Teilhalogenierte FCKW (HFCKW)</t>
+          <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B46" s="3" t="inlineStr">
         <is>
-          <t>770</t>
+          <t>13.137</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="inlineStr">
         <is>
-          <t>Tetrachlorethen (PER)</t>
+          <t>Teilhalogenierte FCKW (HFCKW)</t>
         </is>
       </c>
       <c r="B47" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>770</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="inlineStr">
         <is>
-          <t>Tetrachlormethan (TCM)</t>
+          <t>Tetrachlorethen (PER)</t>
         </is>
       </c>
       <c r="B48" s="3" t="inlineStr">
         <is>
-          <t>759</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>20</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="inlineStr">
         <is>
-          <t>Toluol</t>
+          <t>Tetrachlormethan (TCM)</t>
         </is>
       </c>
       <c r="B49" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>759</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="3" t="inlineStr">
         <is>
-          <t>107.069</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="inlineStr">
         <is>
-          <t>Trichlorbenzole (TCB) (alle Isomere)</t>
+          <t>Toluol</t>
         </is>
       </c>
       <c r="B50" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="3" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>107.069</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="inlineStr">
         <is>
-          <t>Trichlormethan</t>
+          <t>Trichlorbenzole (TCB) (alle Isomere)</t>
         </is>
       </c>
       <c r="B51" s="3" t="inlineStr">
         <is>
-          <t>1.309</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>109</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="inlineStr">
         <is>
-          <t>Vinylchlorid</t>
+          <t>Trichlormethan</t>
         </is>
       </c>
       <c r="B52" s="3" t="inlineStr">
         <is>
-          <t>96.830</t>
+          <t>1.309</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>226</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="3" t="inlineStr">
         <is>
-          <t>722</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="inlineStr">
         <is>
-          <t>Xylole</t>
+          <t>Vinylchlorid</t>
         </is>
       </c>
       <c r="B53" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>96.830</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>40</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="3" t="inlineStr">
         <is>
-          <t>2.851</t>
+          <t>722</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="inlineStr">
         <is>
-          <t>Zink und Verbindungen (als Zn)</t>
+          <t>Xylole</t>
         </is>
       </c>
       <c r="B54" s="3" t="inlineStr">
         <is>
-          <t>2.015</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>35.634</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="3" t="inlineStr">
         <is>
-          <t>9.198</t>
+          <t>2.851</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="inlineStr">
         <is>
+          <t>Zink und Verbindungen (als Zn)</t>
+        </is>
+      </c>
+      <c r="B55" s="3" t="inlineStr">
+        <is>
+          <t>2.015</t>
+        </is>
+      </c>
+      <c r="C55" s="3" t="inlineStr">
+        <is>
+          <t>35.634</t>
+        </is>
+      </c>
+      <c r="D55" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="3" t="inlineStr">
+        <is>
+          <t>9.198</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="inlineStr">
+        <is>
           <t>Zinnorganische Verbindungen</t>
         </is>
       </c>
-      <c r="B55" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C55" s="3" t="inlineStr">
+      <c r="B56" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="C56" s="3" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
-      <c r="D55" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E55" s="3" t="inlineStr">
+      <c r="D56" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="3" t="inlineStr">
         <is>
           <t>12.400</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>