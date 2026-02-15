--- v1 (2025-12-24)
+++ v2 (2026-02-15)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Chemische Industrie</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 25.11.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>