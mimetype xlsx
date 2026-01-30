--- v0 (2025-12-09)
+++ v1 (2026-01-30)
@@ -460,96 +460,96 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Mineralverarbeitende Industrie</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>1.889.300</t>
+          <t>1.889.400</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
@@ -721,51 +721,51 @@
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Feinstaub (PM10)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
-          <t>2.198.800</t>
+          <t>2.199.200</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
@@ -775,105 +775,105 @@
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>8.710</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>28.650.000.000</t>
+          <t>28.646.000.000</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>3.919.000.000</t>
+          <t>3.919.706.094</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>56.712.000</t>
+          <t>56.704.000</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
@@ -883,51 +883,51 @@
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>2.787</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Methan (CH4)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>4.232.000</t>
+          <t>4.422.000</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
@@ -1018,51 +1018,51 @@
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
-          <t>24.135.000</t>
+          <t>24.132.000</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">