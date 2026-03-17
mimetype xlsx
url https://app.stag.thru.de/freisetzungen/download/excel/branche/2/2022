--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -1099,51 +1099,51 @@
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
-          <t>1.273</t>
+          <t>1.272</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>643</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
           <t>447</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">