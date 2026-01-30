--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -460,96 +460,96 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2023</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>1,2-Dichlorethan (EDC)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>10.280</t>
+          <t>30.040</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
@@ -753,51 +753,51 @@
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>188.740.000</t>
+          <t>274.490.000</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>2.220.000</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>147</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
@@ -829,51 +829,51 @@
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>2.148</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>12.156</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Dichlormethan (DCM)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>37.690</t>
+          <t>83.210</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
@@ -883,83 +883,83 @@
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Feinstaub (PM10)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>2.052.800</t>
+          <t>2.052.700</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>156.630</t>
+          <t>193.160</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>39.550</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
@@ -1018,78 +1018,78 @@
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>784.700</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
           <t>253.000</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
-          <t>189.689.111.206</t>
+          <t>192.302.000.000</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
-          <t>1.306.000.000</t>
+          <t>32.977.152.206</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
@@ -1207,51 +1207,51 @@
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>1.173</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
           <t>369</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
-          <t>4.059.000</t>
+          <t>4.262.000</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
           <t>PAK</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
@@ -1288,105 +1288,105 @@
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>490</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
           <t>291.627</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B35" s="3" t="inlineStr">
         <is>
-          <t>2.291</t>
+          <t>2.302</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B36" s="3" t="inlineStr">
         <is>
-          <t>72.596.000</t>
+          <t>73.358.000</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
-          <t>103.844.000</t>
+          <t>104.695.000</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B38" s="3" t="inlineStr">