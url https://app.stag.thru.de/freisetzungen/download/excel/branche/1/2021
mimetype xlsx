--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -429,82 +429,82 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E40"/>
+  <dimension ref="A1:E41"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 30.11.2023</t>
+          <t>Stand der Daten: 20.03.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -532,78 +532,78 @@
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>52.000</t>
+          <t>28.100</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>851.700</t>
+          <t>824.900</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>anorganische Fluorverbindungen als HF</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
@@ -979,51 +979,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>2.431.300</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
-          <t>2.457.700</t>
+          <t>2.088.700</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>30.200</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
@@ -1045,441 +1045,468 @@
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>1.191.700</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>479.300</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
-          <t>226.197.000.000</t>
+          <t>225.789.000.000</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
-          <t>Kohlenmonoxid (CO)</t>
+          <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
-          <t>37.683.000</t>
+          <t>49.711.000.000</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
-          <t>Kupfer und Verbindungen (als Cu)</t>
+          <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
-          <t>3.001</t>
+          <t>37.683.000</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>1.648</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
-          <t>Methan (CH4)</t>
+          <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
-          <t>3.079.000</t>
+          <t>3.001</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1.648</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="inlineStr">
         <is>
-          <t>Naphthalin</t>
+          <t>Methan (CH4)</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>3.079.000</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
-          <t>Nickel und Verbindungen (als Ni)</t>
+          <t>Naphthalin</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
-          <t>2.182</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>1.555</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
-          <t>726</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
-          <t>NMVOC</t>
+          <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
-          <t>4.299.000</t>
+          <t>2.182</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1.555</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>726</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
-          <t>Nonylphenol und seine Ethoxylate</t>
+          <t>NMVOC</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4.299.000</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
-          <t>PAK</t>
+          <t>Nonylphenol und seine Ethoxylate</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
-          <t>Phenole (als Gesamt-C)</t>
+          <t>PAK</t>
         </is>
       </c>
       <c r="B35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>796</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
-          <t>287.676</t>
+          <t>21</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="inlineStr">
         <is>
-          <t>Quecksilber und Verbindungen (als Hg)</t>
+          <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B36" s="3" t="inlineStr">
         <is>
-          <t>2.948</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>796</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>287.676</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="inlineStr">
         <is>
-          <t>Schwefeloxide (SOx/SO2)</t>
+          <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
-          <t>89.419.000</t>
+          <t>2.948</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="inlineStr">
         <is>
-          <t>Stickoxide (NOx/NO2)</t>
+          <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B38" s="3" t="inlineStr">
         <is>
-          <t>132.301.000</t>
+          <t>89.419.000</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="inlineStr">
         <is>
-          <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
+          <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
         <is>
-          <t>3.537</t>
+          <t>131.908.000</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="inlineStr">
         <is>
+          <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
+        </is>
+      </c>
+      <c r="B40" s="3" t="inlineStr">
+        <is>
+          <t>3.537</t>
+        </is>
+      </c>
+      <c r="C40" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D40" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="inlineStr">
+        <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
-      <c r="B40" s="3" t="inlineStr">
+      <c r="B41" s="3" t="inlineStr">
         <is>
           <t>1.340</t>
         </is>
       </c>
-      <c r="C40" s="3" t="inlineStr">
+      <c r="C41" s="3" t="inlineStr">
         <is>
           <t>10.130</t>
         </is>
       </c>
-      <c r="D40" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E40" s="3" t="inlineStr">
+      <c r="D41" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="3" t="inlineStr">
         <is>
           <t>701</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>