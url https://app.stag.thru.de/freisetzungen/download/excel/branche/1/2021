--- v1 (2025-12-14)
+++ v2 (2026-03-12)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2021</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>