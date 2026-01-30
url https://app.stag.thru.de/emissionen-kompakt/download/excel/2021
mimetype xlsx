--- v0 (2025-10-30)
+++ v1 (2026-01-30)
@@ -472,867 +472,867 @@
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Branche</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Tätigkeit</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>Anzahl der Betriebe</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="C4" s="2" t="n">
-        <v>247</v>
+        <v>407</v>
       </c>
     </row>
     <row r="5">
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>Mineralöl- und Gasraffinerien</t>
         </is>
       </c>
       <c r="C5" s="3" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Kokereien</t>
         </is>
       </c>
       <c r="C6" s="3" t="n">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Kohlevergasungs- und -verflüssigungsanlagen</t>
         </is>
       </c>
       <c r="C7" s="3" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="8">
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Kohleprodukten und festen, rauchfreien Brennstoffen</t>
         </is>
       </c>
       <c r="C8" s="3" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Verbrennungsanlagen &gt; 50 MW</t>
         </is>
       </c>
       <c r="C9" s="3" t="n">
-        <v>212</v>
+        <v>358</v>
       </c>
     </row>
     <row r="10">
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Mahlen von Kohle &gt; 1 t/h</t>
         </is>
       </c>
       <c r="C10" s="3" t="n">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Metallindustrie</t>
         </is>
       </c>
       <c r="C11" s="2" t="n">
-        <v>1026</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Roheisen oder Stahl einschl. Stranggießen &gt; 2,5 t/h</t>
         </is>
       </c>
       <c r="C12" s="3" t="n">
         <v>30</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Eisenmetallgießereien &gt;20 t/d</t>
         </is>
       </c>
       <c r="C13" s="3" t="n">
-        <v>132</v>
+        <v>155</v>
       </c>
     </row>
     <row r="14">
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>Röst- oder Sinteranlagen f. Metallerz einschl. sulfid. Erze</t>
         </is>
       </c>
       <c r="C14" s="3" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15">
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Gewinnung von Nichteisenrohmetallen aus Erzen</t>
         </is>
       </c>
       <c r="C15" s="3" t="n">
         <v>17</v>
       </c>
     </row>
     <row r="16">
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>Oberflächenbehandlung durch elektrolytische oder chemischen Verfahren &gt;30 m³</t>
         </is>
       </c>
       <c r="C16" s="3" t="n">
-        <v>510</v>
+        <v>564</v>
       </c>
     </row>
     <row r="17">
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>Eisen Warmwalzen&gt;20 t/h, Schmieden&gt;50 kJ u.&gt;20 MW Wl, Aufbr.v.schmelzfl.metall.Schutzschichten&gt;2t/h</t>
         </is>
       </c>
       <c r="C17" s="3" t="n">
-        <v>3</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18">
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>Schmelzen von Nichteisenmetallen einschließlich Legierierungen &gt; 20 t/d oder &gt; 4 t/d Pb und Cd</t>
+          <t>Schmieden mit Hämmern von Eisenmetallen &gt;50 kJ und &gt; 20 MW Wl</t>
         </is>
       </c>
       <c r="C18" s="3" t="n">
-        <v>175</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Schmieden mit Hämmern von Eisenmetallen &gt;50 kJ und &gt; 20 MW Wl</t>
+          <t>Schmelzen von Nichteisenmetallen einschließlich Legierierungen &gt; 20 t/d oder &gt; 4 t/d Pb und Cd</t>
         </is>
       </c>
       <c r="C19" s="3" t="n">
-        <v>4</v>
+        <v>204</v>
       </c>
     </row>
     <row r="20">
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Aufbringen v. schmelzfl. metall. Schutzschichten bei Eisenmetallen &gt; 2t/h</t>
         </is>
       </c>
       <c r="C20" s="3" t="n">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="21">
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Gewinnung v. NE-Rohmetallen aus Erzen, Schmelzen v. NE-Metallen &gt; 20 t/d od. &gt; 4 t/d Pb und Cd</t>
         </is>
       </c>
       <c r="C21" s="3" t="n">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22">
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>Warmwalzen von Eisenmetallen &gt;20 t/h</t>
         </is>
       </c>
       <c r="C22" s="3" t="n">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Mineralverarbeitende Industrie</t>
         </is>
       </c>
       <c r="C23" s="2" t="n">
-        <v>226</v>
+        <v>395</v>
       </c>
     </row>
     <row r="24">
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>Untertage-Bergbau und damit verbundene Tätigkeiten</t>
         </is>
       </c>
       <c r="C24" s="3" t="n">
-        <v>31</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25">
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>Herstellung keramischer Erzeugnisse &gt;75 t/d oder Ofenkapazität &gt;4 m³ und Besatzdichte &gt;300 kg/m³</t>
         </is>
       </c>
       <c r="C25" s="3" t="n">
-        <v>58</v>
+        <v>163</v>
       </c>
     </row>
     <row r="26">
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>Schmelzen mineralischer Stoffe und Herstellung v. Mineralfasern &gt; 20 t/d</t>
         </is>
       </c>
       <c r="C26" s="3" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="27">
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Glas und Glasfasern &gt;20 t/d</t>
         </is>
       </c>
       <c r="C27" s="3" t="n">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="28">
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>Herst.v.Zementkl. &gt;500 t/d in Drehrohröfen od.&gt;50 t/d in and. Öfen od. Herst.v.Kalk &gt;50 t/d</t>
         </is>
       </c>
       <c r="C28" s="3" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29">
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Zementklinkern oder von Kalk &gt; 50 t/d</t>
         </is>
       </c>
       <c r="C29" s="3" t="n">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>Tagebau und Steinbruch &gt; 25 ha Oberfläche</t>
         </is>
       </c>
       <c r="C30" s="3" t="n">
-        <v>20</v>
+        <v>54</v>
       </c>
     </row>
     <row r="31">
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>Gewinnung v. Asbest oder Herstellung v. Erzeugnissen aus Asbest</t>
         </is>
       </c>
       <c r="C31" s="3" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>Zementklinkernherstellung in Drehrohröfen &gt; 500 t/d</t>
         </is>
       </c>
       <c r="C32" s="3" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>Kalkherstellung in Drehrohröfen &gt; 50 t/d</t>
         </is>
       </c>
       <c r="C33" s="3" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
           <t>Chemische Industrie</t>
         </is>
       </c>
       <c r="C34" s="2" t="n">
-        <v>574</v>
+        <v>725</v>
       </c>
     </row>
     <row r="35">
       <c r="B35" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Explosivstoffen und Feuerwerksmaterial</t>
         </is>
       </c>
       <c r="C35" s="3" t="n">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36">
       <c r="B36" s="3" t="inlineStr">
         <is>
           <t>Herstellung halogenhaltiger KW</t>
         </is>
       </c>
       <c r="C36" s="3" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37">
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Salzen</t>
         </is>
       </c>
       <c r="C37" s="3" t="n">
-        <v>26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38">
       <c r="B38" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Tensiden</t>
         </is>
       </c>
       <c r="C38" s="3" t="n">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39">
       <c r="B39" s="3" t="inlineStr">
         <is>
           <t>Herstellung einfacher KW</t>
         </is>
       </c>
       <c r="C39" s="3" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40">
       <c r="B40" s="3" t="inlineStr">
         <is>
           <t>Herstellung schwefelhaltiger KW</t>
         </is>
       </c>
       <c r="C40" s="3" t="n">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Gasen</t>
         </is>
       </c>
       <c r="C41" s="3" t="n">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42">
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Basiskunststoffen</t>
         </is>
       </c>
       <c r="C42" s="3" t="n">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="43">
       <c r="B43" s="3" t="inlineStr">
         <is>
           <t>Herstellung von metallorganischen Verbindungen</t>
         </is>
       </c>
       <c r="C43" s="3" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Herstellung von synthetischen Kautschuken</t>
         </is>
       </c>
       <c r="C44" s="3" t="n">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="B45" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Nichtmetallen und Metalloxiden</t>
         </is>
       </c>
       <c r="C45" s="3" t="n">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="46">
       <c r="B46" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Pflanzenschutzmittel und Bioziden</t>
         </is>
       </c>
       <c r="C46" s="3" t="n">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="B47" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Grundarzneimitteln</t>
         </is>
       </c>
       <c r="C47" s="3" t="n">
-        <v>40</v>
+        <v>57</v>
       </c>
     </row>
     <row r="48">
       <c r="B48" s="3" t="inlineStr">
         <is>
           <t>Herstellung phosphorhaltiger KW</t>
         </is>
       </c>
       <c r="C48" s="3" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="B49" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Farbstoffen und Pigmenten</t>
         </is>
       </c>
       <c r="C49" s="3" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50">
       <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Chemieanlagen zur industriellen Herstellung von organischen Grundchemikalien</t>
         </is>
       </c>
       <c r="C50" s="3" t="n">
-        <v>133</v>
+        <v>158</v>
       </c>
     </row>
     <row r="51">
       <c r="B51" s="3" t="inlineStr">
         <is>
           <t>Herstellung stickstoffhaltiger KW</t>
         </is>
       </c>
       <c r="C51" s="3" t="n">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="B52" s="3" t="inlineStr">
         <is>
           <t>Herstellung sauerstoffhaltiger KW</t>
         </is>
       </c>
       <c r="C52" s="3" t="n">
-        <v>61</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53">
       <c r="B53" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Säuren</t>
         </is>
       </c>
       <c r="C53" s="3" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54">
       <c r="B54" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Düngemitteln</t>
         </is>
       </c>
       <c r="C54" s="3" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55">
       <c r="B55" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Basen</t>
         </is>
       </c>
       <c r="C55" s="3" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="56">
       <c r="B56" s="3" t="inlineStr">
         <is>
           <t>Chemieanlagen zur industriellen Herstellung von anorganischen Grundchemikalien</t>
         </is>
       </c>
       <c r="C56" s="3" t="n">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
           <t>Abfall- und Abwasserbewirtschaftung</t>
         </is>
       </c>
       <c r="C57" s="2" t="n">
-        <v>2047</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="58">
       <c r="B58" s="3" t="inlineStr">
         <is>
           <t>Verbrennung nicht gefährlicher Abfälle &gt; 3 t/h</t>
         </is>
       </c>
       <c r="C58" s="3" t="n">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="59">
       <c r="B59" s="3" t="inlineStr">
         <is>
           <t>Beseitigung oder Verwertung v. gefährlichen Abfällen &gt; 10 t/d</t>
         </is>
       </c>
       <c r="C59" s="3" t="n">
-        <v>1278</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="60">
       <c r="B60" s="3" t="inlineStr">
         <is>
           <t>Kommunale Abwasserbehandlungsanlagen &gt; 100 000 Einwohnergleichwerten</t>
         </is>
       </c>
       <c r="C60" s="3" t="n">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="61">
       <c r="B61" s="3" t="inlineStr">
         <is>
           <t>Deponien &gt; 10 t/d Aufnahmekapazität oder &gt; 25.000 t Gesamtkapazität</t>
         </is>
       </c>
       <c r="C61" s="3" t="n">
-        <v>161</v>
+        <v>519</v>
       </c>
     </row>
     <row r="62">
       <c r="B62" s="3" t="inlineStr">
         <is>
           <t>Beseitigung oder Verwertung von Tierkörpern &gt; 10 t/d</t>
         </is>
       </c>
       <c r="C62" s="3" t="n">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="63">
       <c r="B63" s="3" t="inlineStr">
         <is>
           <t>Eigenständig betriebene Industrieabwasserbehandlungsanlagen  &gt; 10 000 m³/d</t>
         </is>
       </c>
       <c r="C63" s="3" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64">
       <c r="B64" s="3" t="inlineStr">
         <is>
           <t>Beseitigung nicht gefährlicher Abfälle &gt; 50 t/d</t>
         </is>
       </c>
       <c r="C64" s="3" t="n">
-        <v>248</v>
+        <v>259</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="inlineStr">
         <is>
           <t>Papier- und Holzindustrie</t>
         </is>
       </c>
       <c r="C65" s="2" t="n">
-        <v>152</v>
+        <v>181</v>
       </c>
     </row>
     <row r="66">
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Papier und Pappe und sonstigen primären Holzprodukten &gt; 20 t/d</t>
         </is>
       </c>
       <c r="C66" s="3" t="n">
-        <v>145</v>
+        <v>168</v>
       </c>
     </row>
     <row r="67">
       <c r="B67" s="3" t="inlineStr">
         <is>
           <t>Industrieanlagen für den Schutz von Holz und Holzprodukten mit Chemikalien &gt; 50 m³/d</t>
         </is>
       </c>
       <c r="C67" s="3" t="n">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="B68" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Zellstoff aus Holz oder anderen Faserstoffen</t>
         </is>
       </c>
       <c r="C68" s="3" t="n">
         <v>3</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="inlineStr">
         <is>
           <t>Intensivtierhaltung und Aquakultur</t>
         </is>
       </c>
       <c r="C69" s="2" t="n">
-        <v>571</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="70">
       <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Intensivhaltung oder -aufzucht von &gt; 40.000 Geflügel</t>
         </is>
       </c>
       <c r="C70" s="3" t="n">
-        <v>151</v>
+        <v>621</v>
       </c>
     </row>
     <row r="71">
       <c r="B71" s="3" t="inlineStr">
         <is>
           <t>Anlagen zur Intensivhaltung oder -aufzucht von Geflügel oder Schweinen</t>
         </is>
       </c>
       <c r="C71" s="3" t="n">
-        <v>84</v>
+        <v>396</v>
       </c>
     </row>
     <row r="72">
       <c r="B72" s="3" t="inlineStr">
         <is>
           <t>Intensivaquakultur &gt; 1 000 t/a Fisch oder Muscheln</t>
         </is>
       </c>
       <c r="C72" s="3" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="B73" s="3" t="inlineStr">
         <is>
           <t>Intensivhaltung oder -aufzucht von &gt; 750 Sauen</t>
         </is>
       </c>
       <c r="C73" s="3" t="n">
-        <v>81</v>
+        <v>212</v>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="3" t="inlineStr">
         <is>
           <t>Intensivhaltung oder -aufzucht von &gt; 2.000 Mastschweinen</t>
         </is>
       </c>
       <c r="C74" s="3" t="n">
-        <v>255</v>
+        <v>493</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="inlineStr">
         <is>
           <t>Lebensmittelindustrie</t>
         </is>
       </c>
       <c r="C75" s="2" t="n">
-        <v>344</v>
+        <v>538</v>
       </c>
     </row>
     <row r="76">
       <c r="B76" s="3" t="inlineStr">
         <is>
           <t>Herstellung v. Nahrungsmitteln/Getränkeprodukten aus pflanzlichen Rohstoffen  &gt; 300 t/d</t>
         </is>
       </c>
       <c r="C76" s="3" t="n">
-        <v>121</v>
+        <v>209</v>
       </c>
     </row>
     <row r="77">
       <c r="B77" s="3" t="inlineStr">
         <is>
           <t>Herstellung v. Nahrungsmitteln/Getränkeprodukten aus tierischen Rohstoffen &gt; 75 t/d</t>
         </is>
       </c>
       <c r="C77" s="3" t="n">
-        <v>56</v>
+        <v>92</v>
       </c>
     </row>
     <row r="78">
       <c r="B78" s="3" t="inlineStr">
         <is>
           <t>Herstell.v. Nahrungsmitteln/Getränkeprod.aus tierischen Rohst.&gt;75 t/d od.aus pflanzl.Rohst.&gt;300 t/d</t>
         </is>
       </c>
       <c r="C78" s="3" t="n">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79">
       <c r="B79" s="3" t="inlineStr">
         <is>
           <t>Schlachthöfe &gt; 50 t/d</t>
         </is>
       </c>
       <c r="C79" s="3" t="n">
-        <v>69</v>
+        <v>104</v>
       </c>
     </row>
     <row r="80">
       <c r="B80" s="3" t="inlineStr">
         <is>
           <t>Behandlung und Verarbeitung von Milch &gt; 200 t/d</t>
         </is>
       </c>
       <c r="C80" s="3" t="n">
-        <v>87</v>
+        <v>114</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="inlineStr">
         <is>
           <t>Sonstige Industriezweige</t>
         </is>
       </c>
       <c r="C81" s="2" t="n">
-        <v>314</v>
+        <v>349</v>
       </c>
     </row>
     <row r="82">
       <c r="B82" s="3" t="inlineStr">
         <is>
           <t>Herstellung von Kohlenstoff und Graphit</t>
         </is>
       </c>
       <c r="C82" s="3" t="n">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83">
       <c r="B83" s="3" t="inlineStr">
         <is>
           <t>Gerben von Häuten und Fellen &gt; 12 t/d</t>
         </is>
       </c>
       <c r="C83" s="3" t="n">
         <v>2</v>
       </c>
     </row>
     <row r="84">
       <c r="B84" s="3" t="inlineStr">
         <is>
           <t>Oberflächenbehandlung mit organischen Lösungsmitteln &gt;150 kg/h oder &gt;200 t/a</t>
         </is>
       </c>
       <c r="C84" s="3" t="n">
-        <v>258</v>
+        <v>270</v>
       </c>
     </row>
     <row r="85">
       <c r="B85" s="3" t="inlineStr">
         <is>
           <t>Bau und Lackieren von Schiffen oder Entfernen von Lackierungen von Schiffen &gt; 100 m Länge</t>
         </is>
       </c>
       <c r="C85" s="3" t="n">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="86">
       <c r="B86" s="3" t="inlineStr">
         <is>
           <t>Vorbehandlung oder Färben von Fasern oder Textilien &gt; 10 t/d</t>
         </is>
       </c>
       <c r="C86" s="3" t="n">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>