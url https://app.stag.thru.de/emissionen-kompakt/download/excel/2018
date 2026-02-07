--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -608,65 +608,65 @@
       </c>
     </row>
     <row r="16">
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>Oberflächenbehandlung durch elektrolytische oder chemischen Verfahren &gt;30 m³</t>
         </is>
       </c>
       <c r="C16" s="3" t="n">
         <v>523</v>
       </c>
     </row>
     <row r="17">
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>Eisen Warmwalzen&gt;20 t/h, Schmieden&gt;50 kJ u.&gt;20 MW Wl, Aufbr.v.schmelzfl.metall.Schutzschichten&gt;2t/h</t>
         </is>
       </c>
       <c r="C17" s="3" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="18">
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>Schmelzen von Nichteisenmetallen einschließlich Legierierungen &gt; 20 t/d oder &gt; 4 t/d Pb und Cd</t>
+          <t>Schmieden mit Hämmern von Eisenmetallen &gt;50 kJ und &gt; 20 MW Wl</t>
         </is>
       </c>
       <c r="C18" s="3" t="n">
-        <v>178</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Schmieden mit Hämmern von Eisenmetallen &gt;50 kJ und &gt; 20 MW Wl</t>
+          <t>Schmelzen von Nichteisenmetallen einschließlich Legierierungen &gt; 20 t/d oder &gt; 4 t/d Pb und Cd</t>
         </is>
       </c>
       <c r="C19" s="3" t="n">
-        <v>5</v>
+        <v>178</v>
       </c>
     </row>
     <row r="20">
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Aufbringen v. schmelzfl. metall. Schutzschichten bei Eisenmetallen &gt; 2t/h</t>
         </is>
       </c>
       <c r="C20" s="3" t="n">
         <v>116</v>
       </c>
     </row>
     <row r="21">
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Gewinnung v. NE-Rohmetallen aus Erzen, Schmelzen v. NE-Metallen &gt; 20 t/d od. &gt; 4 t/d Pb und Cd</t>
         </is>
       </c>
       <c r="C21" s="3" t="n">
         <v>25</v>
       </c>
     </row>
     <row r="22">
       <c r="B22" s="3" t="inlineStr">
         <is>